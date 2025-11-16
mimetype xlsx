--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -3356,51 +3356,51 @@
   <si>
     <t>Гидроцилиндр ЦГ-50.30х320.525 (О)</t>
   </si>
   <si>
     <t>9961 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-80.40х300.01 (О)</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-80.40х420.22 (О)</t>
   </si>
   <si>
     <t>8015 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр МС 80/50х320-3.11 (620)</t>
   </si>
   <si>
     <t>17624 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-125.100х5000.31 (ГЦ 2792.22.03.110)</t>
   </si>
   <si>
-    <t>275000 руб.</t>
+    <t>450450 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр рукояти 263.01.41.000</t>
   </si>
   <si>
     <t>263578 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр стрелы, ковша 263.01.42.000</t>
   </si>
   <si>
     <t>Гидроцилиндр выдвижения секции стрелы ЦГ-125.100х7015.41 / КС-55713-1К-2.63.900</t>
   </si>
   <si>
     <t>632400 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр выдвижения секции стрелы ЦГ-125.100х6000.41 / КС-45724-8.63.900-2К</t>
   </si>
   <si>
     <t>541800 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр выдвижения секции стрелы ЦГ-125.100х6000.31-01 / КС-55715.63.800-3-01</t>
   </si>